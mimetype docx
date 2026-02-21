--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -203,51 +203,51 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16EFF02C" w14:textId="77777777" w:rsidR="00936DA8" w:rsidRPr="00C0235C" w:rsidRDefault="00936DA8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0235C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sēdē piedalās:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDD8761" w14:textId="23FA12F8" w:rsidR="00936DA8" w:rsidRPr="00C0235C" w:rsidRDefault="00936DA8">
+          <w:p w14:paraId="0DDD8761" w14:textId="66FDF063" w:rsidR="00936DA8" w:rsidRPr="00C0235C" w:rsidRDefault="00936DA8">
             <w:pPr>
               <w:ind w:right="600"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0235C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Padomes locekļi (alfabēta kārtībā)</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0235C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -262,51 +262,67 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004D4D7C" w:rsidRPr="00C0235C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A. Ancāne, J.</w:t>
             </w:r>
             <w:r w:rsidR="006B3BCE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004D4D7C" w:rsidRPr="00C0235C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Asaris, I. Bula, A. Kušķis, A. Lapiņš, R. Liepiņš, D. Pētersone (attālināti), P. Ratas , E. Rožlapa</w:t>
+              <w:t>Asaris, I. Bula, A. Kušķis, A. Lapiņš, R. Liepiņš, D. Pētersone (attālināti), P. Ratas , E. Rož</w:t>
+            </w:r>
+            <w:r w:rsidR="00194934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="004D4D7C" w:rsidRPr="00C0235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lapa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57678E20" w14:textId="77777777" w:rsidR="004D4D7C" w:rsidRPr="00C0235C" w:rsidRDefault="004D4D7C">
             <w:pPr>
               <w:ind w:right="600"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28F7059A" w14:textId="77777777" w:rsidR="004D4D7C" w:rsidRPr="00C0235C" w:rsidRDefault="004D4D7C" w:rsidP="004D4D7C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0235C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="22"/>
@@ -971,73 +987,75 @@
               <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="280"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Padomes 457. sēde</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50F11224" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+    <w:p w14:paraId="46A7464D" w14:textId="639DEF6C" w:rsidR="002F24BC" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Padome vienojas provizoriski sasaukt 457. sēdi 2025. gada 26. novembrī un 458. sēdi 2025. gada 10. decembrī.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D1EF4C" w14:textId="77777777" w:rsidR="00165139" w:rsidRDefault="00165139" w:rsidP="00165139">
-[...1 lines deleted...]
-        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="47D1EF4C" w14:textId="77777777" w:rsidR="00165139" w:rsidRDefault="00165139" w:rsidP="00720F65">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="280"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A763DFA" w14:textId="032BF13A" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00165139">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1598,68 +1616,84 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A. Ancāne norāda, ka ir labi zināma notikumu vēsture par pagraba pastiprināšanu un lifta izbūvi. Viņa papildina diskusiju par jumta logu izbūves precedenta pieļaušanu, uzsverot, ka tā ir nopietna situācija, īpaši ēkām ar kultūras pieminekļa statusu. Novērtējot īpašnieka labo gribu sakārtot situāciju, ir nepieciešams meklēt kvalitatīvus risinājumus, lai uzlabotu kopējo ainavu. Tiek uzsvērts, ka nav pieļaujama haotiska jumta perforācija, bet jārod harmonizēti risinājumi. Viņa norāda arī uz jumta logu pārklājuma nozīmi, jo būtiska ir ēkas ainava diennakts tumšajā laikā. Pārklājums varētu padarīt logus vizuāli iederīgus apkārtējā vidē un uzlabot kopējo tēlu. Tiek izteikts aicinājums rast dizainiskus risinājumus, ņemot vērā visus minētos aspektus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2A159B" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ē. Štegmanis pateicas par sarunu un norāda, ka turpinās strādāt ar NKMP pārstāvjiem, lai rastu labākos risinājumus. Viņš precizē, ka saņemtajā vēstulē no NKMP, kuru nosūtījusi M. Levina, bija norādīts, ka jāizpilda divi uzdevumi: NKMP speciālistiem atkārtoti jāapseko dzīvokļa telpas un jautājums par logu izbūvi jāpārrunā RVC SAP, iepazīstinot ar prezentāciju par plānoto logu izbūvi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688B8A36" w14:textId="5CFC2093" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+    <w:p w14:paraId="688B8A36" w14:textId="5CDAF5E5" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">E. Rožlapa uzsver, ka jautājumu nepieciešams pēc iespējas ātrāk virzīt </w:t>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lapa uzsver, ka jautājumu nepieciešams pēc iespējas ātrāk virzīt </w:t>
       </w:r>
       <w:r w:rsidR="006313BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PAD</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, ņemot vērā, ka risinājumi jau ir saskaņoti ar nepieciešamo kopīpašnieku skaitu. Norādīts, ka svarīgi rīkoties operatīvi, lai šajā laika periodā nepaspētu mainīties kāds no īpašniekiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C422E94" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
@@ -2080,67 +2114,83 @@
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pārstāvjiem, norādot, ka 2021. gadā tika izvēlēta novietne – Rīgas Kongresu nams, 2023. gadā izvēlēts </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mark Arhitekti</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> radītais projekts, bet 2024. gadā tas prezentēts RVC SAP, kur lēmums bija atbalstīt turpmāku projekta virzību. Viņš uzsver, ka minimālajā būvprojektā nav būtisku izmaiņu, un prezentācijā tiks parādītas gan jau zināmas lietas, gan nelielas jaunas izmaiņas. Konceptuālā ziņā uzstādījums paliek nemainīgs – līdzsvars starp esošo arhitektūru un tās kultūrvēsturisko mantojumu un jauno piebūvi jeb paplašinājumu. Rīgas Kongresu nams tiek uzskatīts par vērtību, un būtiskas izmaiņas nav, projekts tiek detalizēts. Viņš atgādina, ka projektā paredzēts atvērums 1. stāva līmenī pret centrālo priekšlaukumu Kalpaka bulvārī, apjoma paaugstinājums virs esošās ēkas un jauna ciļņotā fasāde kanāla pusē. Turpinot darbu ar teritorijas labiekārtojumu, paredzēti nelieli precizējumi, ar kuriem iepazīstinās kolēģis J. Sauka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19455B6B" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t>E. Rožlapa norāda, ka pie balsojuma jāņem vērā Ministru kabineta noteikumi Nr. 127, kā arī nākamie aizsardzības līmeņi, uz kuriem kolēģi jau iepriekš atsaukušies. Uzsvērts, ka jautājums par paaugstināšanu un atļautā augstuma pārsniegšanu ir pieļaujams tikai noteiktos gadījumos – ja konkursa rezultātā iegūts izcilas kvalitātes darbs vai ja atkāpes no apbūves noteikumiem ir pieļaujamas nacionālo interešu objektiem. Tiek akcentēts, ka arī turpmākos gadījumos un citos precedentos šāda pieeja nebūs vienkārša, un ar vienu pamatojumu nepietiks. Tādēļ šodien jāskatās uz konkrēto objektu, ņemot vērā iemeslu, kāpēc jautājums ir izvirzīts darba kārtībā.</w:t>
+    <w:p w14:paraId="19455B6B" w14:textId="43617BA4" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa norāda, ka pie balsojuma jāņem vērā Ministru kabineta noteikumi Nr. 127, kā arī nākamie aizsardzības līmeņi, uz kuriem kolēģi jau iepriekš atsaukušies. Uzsvērts, ka jautājums par paaugstināšanu un atļautā augstuma pārsniegšanu ir pieļaujams tikai noteiktos gadījumos – ja konkursa rezultātā iegūts izcilas kvalitātes darbs vai ja atkāpes no apbūves noteikumiem ir pieļaujamas nacionālo interešu objektiem. Tiek akcentēts, ka arī turpmākos gadījumos un citos precedentos šāda pieeja nebūs vienkārša, un ar vienu pamatojumu nepietiks. Tādēļ šodien jāskatās uz konkrēto objektu, ņemot vērā iemeslu, kāpēc jautājums ir izvirzīts darba kārtībā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D0C462" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A. Mailītis norāda, ka atkārtoti nestāstīs par koncepciju un novietni, jo šīs lietas jau vairākkārt pārrunātas un visiem labi zināmas. Viņš uzsver, ka darbs turpinās ar fasādēm, kuras konceptuāli paliek nemainīgas, un piebilst, ka labiekārtojuma procesā precizēta viena nianse, par kuru informēs J. Sauka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="280A9308" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -2501,67 +2551,83 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V. Brūzis jautā, vai ir ņemts vērā, ka parks ir ainaviskais parks, un vai piedāvātajā labiekārtojuma risinājumā ar kokiem ēka nepazudīs šajā vidē.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72EA8634" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A. Mailītis skaidro, ka koki speciāli izvietoti kvadrātrežģī, lai tos varētu novietot uz kolonnām. Pašreizējais risinājums ar koku kastēm ir pagaidu un kalpo kā simbolisks žests, jo patiesībā nepieciešams veidot pilnvērtīgu parku. Viņš uzsver, ka šobrīd svarīgi izvairīties no šīm darbībām pagaidām, jo, ja nebūs finansējuma, Filharmonijas projekta realizācija var iestrēgt, piemēram, lielu autostāvvietas rekonstrukcijas izmaksu dēļ. Tāpēc šobrīd tiek darīts maksimāli maz, lai nerastos sabiedrības pārmetumi par pārmērīgu rīcību, kas faktiski nav notikusi. Šie risinājumi ar kokiem ir tikai pagaidu risinājumi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2B69A9" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t>E. Rožlapa uzdod retorisku jautājumu, norādot, ka mehāniskais risinājums nedod pienesumu ne pašai ēkai, ne parkam. Tiek apšaubīts, vai tas ir realizācijas vērts, un vaicāts, vai nav iespējams rast risinājumu, kas sniegtu ieguldījumu kopējā ainavā. Pašreizējais priekšlikums mehāniski noklāt laukumu režģī ar kokiem nešķiet labs pienesums.</w:t>
+    <w:p w14:paraId="2A2B69A9" w14:textId="51B507CF" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa uzdod retorisku jautājumu, norādot, ka mehāniskais risinājums nedod pienesumu ne pašai ēkai, ne parkam. Tiek apšaubīts, vai tas ir realizācijas vērts, un vaicāts, vai nav iespējams rast risinājumu, kas sniegtu ieguldījumu kopējā ainavā. Pašreizējais priekšlikums mehāniski noklāt laukumu režģī ar kokiem nešķiet labs pienesums.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E813A1B" w14:textId="5557E0B7" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">R. Liepiņš norāda, ka risinājums ir jāanalizē, lai izvērtētu tā pienesumu. Tas noteikti ir izaicinošs un rada pilsētai atšķirīgu būvniecisko sajūtu, sniedz interesantu efektu un unikālu labiekārtojumu, kas telpiski sasaista struktūras. Viņš </w:t>
       </w:r>
       <w:r w:rsidR="00C307B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
@@ -4945,167 +5011,215 @@
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D717A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>noteikšanu  veic NKMP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="612E16E0" w14:textId="7BD828BF" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t>E. Rožlapa jautā vai attīstītāji ir noskaidrojuši kāds ir Bruņinieku ielas platums starp sarkanajām līnijām šajā vietā</w:t>
+    <w:p w14:paraId="612E16E0" w14:textId="46E56E5B" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa jautā vai attīstītāji ir noskaidrojuši kāds ir Bruņinieku ielas platums starp sarkanajām līnijām šajā vietā</w:t>
       </w:r>
       <w:r w:rsidR="0019475F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40308251" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L. Kalniņš atbild, ka platums starp sarkanajām līnijām ir 15,9 metri no fasādes līdz fasādei, bet otrs – 13,9 metri.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20042955" w14:textId="4CCE69AA" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t>E. Rožalapa norāda, ka skatoties pēc datiem,</w:t>
+    <w:p w14:paraId="20042955" w14:textId="5DE8C35D" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa norāda, ka skatoties pēc datiem,</w:t>
       </w:r>
       <w:r w:rsidR="00C307B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sanāk 14 metri. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB2556E" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Kalniņš atvainojas par savu neprecizitāti. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0684359B" w14:textId="5A5F36D7" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">E. Rožlapa min, ka projekts vēl nav vērtēts PAD un </w:t>
+    <w:p w14:paraId="0684359B" w14:textId="2F02AA5A" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lapa min, ka projekts vēl nav vērtēts PAD un </w:t>
       </w:r>
       <w:r w:rsidR="00C307B1" w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pirm</w:t>
       </w:r>
       <w:r w:rsidR="00C307B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C307B1" w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> šķietami</w:t>
       </w:r>
@@ -5337,67 +5451,83 @@
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I. Bula atbalsta priekšlikumu šobrīd jautājumu neskatīt, vēršot uzmanību uz MK noteikumiem Nr.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Narrow" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>127 par Rīgas vēsturiskā centra saglabāšanas un aizsardzības noteikumiem, īpaši uz 6. un 7. punktu. Viņa aicina pievērst uzmanību ēku apjomam un augstumam, paredzot korekcijas pēc konsultācijām ar PAD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77F1D0A4" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t>E. Rožlapa norāda, ka nepieciešams izlasīt ne tikai Rīgas vēsturiskā centra saglabāšanas un aizsardzības noteikumus, bet arī apbūves noteikumus, jo šajā projektā nav ievēroti vairāki punkti, kuri ir obligāti jāievēro.</w:t>
+    <w:p w14:paraId="77F1D0A4" w14:textId="40787AD4" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00827FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa norāda, ka nepieciešams izlasīt ne tikai Rīgas vēsturiskā centra saglabāšanas un aizsardzības noteikumus, bet arī apbūves noteikumus, jo šajā projektā nav ievēroti vairāki punkti, kuri ir obligāti jāievēro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12DE24D5" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L. Kalniņš sola iepazīties ar visiem noteikumiem, kuri ir jāievēro RVC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F37BF97" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -5457,68 +5587,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Narrow" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">127 par Rīgas vēsturiskā centra saglabāšanas un aizsardzības noteikumiem, īpaši uz 7. punktu, kur atrunāts jautājums par estētiku: “7.6.3. projektējot jaunu apbūvi, saglabājams apkārtējās vēsturiskās apbūves mērogs, raksturs, proporciju sistēma un </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>respektējami tradicionālie materiāli”. Viņa uzsver, ka tas jau dod skaidru ievirzi tālākai darbībai un norāda, ka konsultēties par šiem jautājumiem ir iespējams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652D1459" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+    <w:p w14:paraId="652D1459" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A. Lapiņš slēdz šo jautājumu.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC2EC9F" w14:textId="77777777" w:rsidR="002F24BC" w:rsidRPr="00C57D0C" w:rsidRDefault="002F24BC" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0D727539" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
@@ -5909,114 +6050,122 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dalās ar stāstu, kā nonākuši pie dizaina un koncepta: pirms gada viesojoties Rīgā, viņi iepazinās ar vietu un saprata, ka jaunas ēkas būvniecība tik jūtīgā zonā būs izaicinājums. Teritorija ir cieši saistīta ar Hanzas peronu – nozīmīgu celtni Rīgai, kuru arhitekti respektē. Plānotā ēka paredzēta kā jauna publiska telpa, kas papildinās perona apkaimi un kalpos cilvēkiem ikdienā. Vienlaikus būtiski, lai jaunās ēkas fasāde harmoniski iekļautos apkārtējā vidē. Īpaša nozīme piešķirta publiskās zonas radīšanai – vietai, kur cilvēki var satikties pirms un pēc pasākumiem, kā arī ikdienā apmeklēt kafejnīcu vai restorānu. Galvenā ēkas funkcija būs biznesa vide. Projektā ņemta vērā Hanzas perona ģeometrija, bet pagalmā plānots izvietot mākslas darbus, tostarp mākslinieces A. Ziemeles tēlniecības objektu. Iedvesmu arhitekti guvuši no dzintara, Trīs brāļu kompleksa un Rīgas vecpilsētas ar tās maigajām fasāžu krāsām un toņiem. Viņi uzsver, ka vēlas radīt vietu, kur ikdienā sastopami cilvēki – gan biznesa tikšanās, gan kultūras dzīves kontekstā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10685DD0" w14:textId="7767990D" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A. Lapiņš pateicas par prezentāciju un precizē, vai projekts ir iesniegts PAD?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE39BFA" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t>E. Rožlapa atbild apstiprinoši, ka projekts ir iesniegts PAD un tiek vērtēts pozitīvi.</w:t>
+    <w:p w14:paraId="0EE39BFA" w14:textId="361F2608" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="005576B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa atbild apstiprinoši, ka projekts ir iesniegts PAD un tiek vērtēts pozitīvi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CE38E20" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A. Lapiņš ziņo, ka R. Liepiņš arī ir sagatavojis prezentāciju.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D04654" w14:textId="07E615E8" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">R. Liepiņš bilst, ka, ņemot vērā savu sasaisti ar projektu, viņš ir sagatavojis prezentāciju. Viņš skaidro, ka saskaņā ar detālplānojumu Hanzas ielas 14A un 10/12, kā arī Hanzas ielas b/n teritorija iepriekš tika izmantota kā noliktavu zona un automašīnu stāvlaukumi. Degvielas uzpildes stacijas vietā tika izveidots </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Hanzas perons – kultūras būve, kas tika  atklāta 2019. gada vasarā. Kopš atklāšanas to apmeklējuši apmēram 200</w:t>
+        <w:t>R. Liepiņš bilst, ka, ņemot vērā savu sasaisti ar projektu, viņš ir sagatavojis prezentāciju. Viņš skaidro, ka saskaņā ar detālplānojumu Hanzas ielas 14A un 10/12, kā arī Hanzas ielas b/n teritorija iepriekš tika izmantota kā noliktavu zona un automašīnu stāvlaukumi. Degvielas uzpildes stacijas vietā tika izveidots Hanzas perons – kultūras būve, kas tika  atklāta 2019. gada vasarā. Kopš atklāšanas to apmeklējuši apmēram 200</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Narrow" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>000 cilvēku. Hanzas peronam ir savs mākslinieciskais vadītājs, kas veido īpašu programmu Rīgas kultūras dzīvē – tajā ietilpst klasiskā, populārā un avangarda mūzika, klavierkoncerti, teātra izrādes, performances, starpdisciplināri notikumi un mākslas izstādes. Pagājušajā sezonā rezidents bija Latvijas Nacionālais simfoniskais orķestris. Paralēli kultūras pasākumiem šeit regulāri notiek konferences, starptautiskas politiskās norises, uzņēmumu svētki un gadatirgi. To iespējams īstenot, jo Hanzas perona lineārā 1200</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Narrow" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -6176,156 +6325,204 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. Pētersone </w:t>
       </w:r>
       <w:r w:rsidR="00C307B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pamet sanāksmi</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300D5D57" w14:textId="077AE771" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t>E. Rožlapa norāda, ka par šo projektu PAD ir diskutējis un tas atzīts par atbilstošu Hanzas lokālplānojuma nosacījumiem. Viņa piebilst, ka PAD padome ir gatava i</w:t>
+    <w:p w14:paraId="300D5D57" w14:textId="36237FFE" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa norāda, ka par šo projektu PAD ir diskutējis un tas atzīts par atbilstošu Hanzas lokālplānojuma nosacījumiem. Viņa piebilst, ka PAD padome ir gatava i</w:t>
       </w:r>
       <w:r w:rsidR="00CC425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sniegt būvatļauju, tiklīdz NKMP saskaņos projektu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC298E4" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...34 lines deleted...]
-        <w:t xml:space="preserve">E. Rožlapa norāda, ka par šo projektu ir notikušas plašas diskusijas, taču PAD </w:t>
+    <w:p w14:paraId="0BC298E4" w14:textId="690CF4E6" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R. Liepiņš jautā E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00827FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapai, vai šādu sienu pretī ielai drīkst celt un vai tas tiek uzskatīts par pieņemamu? Viņš piebilst, ka plānotās ēkas fasāde izskatās diezgan agresīva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437024D7" w14:textId="5C160E25" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lapa norāda, ka par šo projektu ir notikušas plašas diskusijas, taču PAD </w:t>
       </w:r>
       <w:r w:rsidR="00591A2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Būvniecības </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>padome kopumā nolēma atbalstīt projekta virzību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="404226EB" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>R. Liepiņš jautā, vai piedāvātais ēkas augstums šķiet samērīgs?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44DBE4E8" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P. Ratas atzīmē, ka kompozicionāli Hanzas perons ir horizontāls, savukārt piedāvātā projekta ēka – gara, vertikāla un tieva. Viņš piebilst, ka šobrīd ārtelpā atrodas stāvvietas, kas ir nemājīgas, un viņa ieskatā piedāvātais risinājums ir samērīgs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E96276" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
@@ -6430,67 +6627,83 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Diskusijas par šo jautājumu jau ir bijušas, un tajās norādīts, ka RVC nevar būvēt uz augšu, taču šajā reģionā koncentrējas viss jaunais, veidojot jauno pilsētas daļu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582433D4" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A. Lapiņš uzdod jautājumu PAD, pēc kādiem nosacījumiem ir izstrādāts lokālplānojums?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE51EF5" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
-[...15 lines deleted...]
-        <w:t>E. Rožlapa paskaidro, ka tas viss noticis ievērojami senāk, pirms tika uzbūvēts Hanzas perons.</w:t>
+    <w:p w14:paraId="7FE51EF5" w14:textId="4115BD1D" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa paskaidro, ka tas viss noticis ievērojami senāk, pirms tika uzbūvēts Hanzas perons.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E1A022" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>R. Liepiņš jautā, vai RVC SAP ieskatā ēkas augstums šķiet samērīgs? Viņš uzsver, ka plānotā seštāvīgā siena rada iespaidu par masīvu apjomu un varētu nebūt piemērota šai vietai. Liepiņš norāda, ka daudz piemērotāks būtu četru stāvu augstums, jo apkārtējā teritorijā vēl ir plašas iespējas būvēt augstākas ēkas. Viņš aicina RVC SAP izvērtēt iespēju samazināt ēkas augstumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C8E708" w14:textId="4803A463" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -6607,50 +6820,51 @@
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I. Bula komentē, ka NKMP nesaskata nekādas problēmas šī projekta attīstībā, visi nosacījumi ir ievēroti un ir pausts atbalsts. Viņa piekrīt A. Lapiņa viedoklim, ka ritmiskais dalījums ir monotons un kļūst garlaicīgs, taču neredz iemeslu, kāpēc būtu jābalso pret projekta virzību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26153E43" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>B. Erdmane norāda, ka R. Liepiņam piedalīties balsojumā nebūtu ētiski, jo viņš ir ieinteresēta persona, kas aizstāv savas intereses – proti, savu radīto autordarbu. Vienlaikus viņa piebilst, ka juridiski tam pagaidām nav noteikta regulējuma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18024611" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A46B6B8" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
@@ -8271,124 +8485,182 @@
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pret:  0 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256558E1" w14:textId="6DD4A426" w:rsidR="00C307B1" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00CC425D">
+    <w:p w14:paraId="256558E1" w14:textId="6DD4A426" w:rsidR="00C307B1" w:rsidRDefault="00C57D0C" w:rsidP="00CC425D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Atturas: 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0093C9B6" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+    <w:p w14:paraId="7824D8FD" w14:textId="04CCF557" w:rsidR="002F24BC" w:rsidRPr="00C57D0C" w:rsidRDefault="002F24BC" w:rsidP="002F24BC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Padome</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstīt projekta tālāku virzību, vienlaikus izsakot lūgumu pārskatīt garo fasādes dalījumu pret Pulkveža Brieža ielu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AE03C3" w14:textId="45ECC978" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="002F24BC">
       <w:pPr>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>P. Ratas pamet sanāksmi.</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6ED335F7" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>7.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37CA4023" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Par grozījumiem RVC SAP nolikumā, Rīgā;</w:t>
@@ -8413,94 +8685,109 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Iesniedzējs: I. Bula</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00428666" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00000000" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="2680EEED">
           <v:rect id="_x0000_i1029" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="132AA92F" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B. Erdmane iepazīstina ar prezentāciju par grozījumiem RVC SAP nolikumā. Ziņots, ka turpmāk padomes locekļiem paredzēta atlīdzība, papildinot nolikumu ar nosacījumu par darba apmaksu. Pamatojums – RVC SAP darbs ir netipisks konsultatīvai padomei, jo ietver apjomīgu arhitektūras ieceru, projektu un metu konkursu rezultātu pārskatīšanu un izvērtēšanu, kā arī daudzskaitlīgu iesniegumu izskatīšanu. Atlīdzības apmēru nosaka NKMP, ņemot vērā budžeta iespējas. Vienlaikus paredzēti nosacījumi objektivitātes stiprināšanai un interešu konflikta novēršanai. Padomes locekļi, stājoties amatā, paraksta apliecinājumu par objektivitāti lēmumu pieņemšanā un rīcību interešu konflikta novēršanai. Locekļi atturas no balsojuma, ja ir vai ir bijuši iesaistīti iesniegto projektu sagatavošanā, pārstāv projekta iesniedzēju, gūst materiālu labumu no izskatāmajiem projektiem vai citādi pārstāv iesniedzēja intereses. Šis nosacījums neattiecas uz institūciju pārstāvjiem, ja izskatāmais jautājums ir attiecīgās institūcijas iesniegts. Padomes locekļi apņemas veikt pasākumus interešu konflikta novēršanai un rast risinājumus situācijās, kas objektīvi var tikt uztvertas kā interešu konflikts. Locekļi apliecina, ka nav tādu iemeslu – tostarp saistītu ar ģimeni, emocionālajām saitēm, politisko vai nacionālo piederību, ekonomiskajām interesēm vai citām personīgajām interesēm –, kas varētu apšaubīt viņu neatkarību un objektivitāti lēmumu pieņemšanā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A93768" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+    <w:p w14:paraId="66A93768" w14:textId="0A64D430" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>E. Rožlapa norāda, ka terminu “objektivitāte” vajadzētu aizstāt ar “profesionalitāti”, jo tas ir precīzāks formulējums.</w:t>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa norāda, ka terminu “objektivitāte” vajadzētu aizstāt ar “profesionalitāti”, jo tas ir precīzāks formulējums.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04BF75FF" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I. Bula skaidro, ka B. Erdmane iestrādās RVC SAP nolikumā punktus, kas atbilst šodien pārrunātajam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5BD4" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
@@ -8519,97 +8806,113 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B. Erdmane turpina ziņojumu par nosacījumiem iesniegumiem un norāda, ka nepieciešams papildināt RVC SAP nolikumu ar prasībām iesniegumu sagatavošanai. Iesnieguma veidlapa pievienojama nolikumam kā pielikums, tajā jānorāda pamats izskatīšanai RVC SAP, atbilstoši RVC saglabāšanas un aizsardzības likumā noteiktajai padomes kompetencei. Dokumentiem svešvalodā jāpievieno tulkojums latviešu valodā, bet, ja dokumenta apjoma dēļ tas nav iespējams, pievienojams kopsavilkums latviešu valodā par dokumenta saturu. Iesniegumā jānorāda pārstāvji, kas prezentēs jautājumu padomes sēdē. Arhitektūras metu konkursu rezultātu izskatīšanai iesniegumā jānorāda konkrēti dokumenti, piemēram, žūrijas komisijas lēmums. RVC SAP sēdē jautājums netiek izskatīts, ja nav pievienoti atbilstošie dokumenti, tai skaitā prezentācija. Noteikts, ka iesniegumi tiek sniegti elektronisku dokumentu veidā, ar izņēmumiem, piemēram, 3D maketi, papīra formāta skices un zīmējumi. Steidzamības gadījumā iesniegumā jānorāda pamatojums, lai jautājumu varētu izskatīt tuvākajā sēdē. Ja projekts tiek iesniegts atkārtoti, iesniegumā konkrēti jānorāda izmaiņas, un atkārtoti RVC SAP izskata tikai šīs izmaiņas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B5A396" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>J. Asaris norāda, ka būtu nepieciešams ierobežot prezentāciju laiku. Viņš uzsver, ka konferencēs un pasākumos tiek noteikts laika limits, kas disciplinē runātājus, un līdzīgs risinājums būtu piemērojams arī padomes sēdēs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E51ADF3" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+    <w:p w14:paraId="3E51ADF3" w14:textId="6265FADE" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>E. Rožlapa norāda, ka PAD padomē prezentācijām noteikts 10 minūšu ierobežojums. Viņa uzsver, ka, ja runātāja šajā laikā nespēj ietvert galveno domu, prezentācija kļūst izplūdusi. Tāpēc būtu nepieciešams noteikt vadlīnijas, kā sagatavot prezentācijas RVC SAP sēdēm – skaidri definēt, kas ir tas, ko padome vēlas redzēt un uz ko runātājiem jākoncentrējas, lai izklāsts būtu strukturēts un efektīvs.</w:t>
+        <w:t>E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lapa norāda, ka PAD padomē prezentācijām noteikts 10 minūšu ierobežojums. Viņa uzsver, ka, ja runātāja šajā laikā nespēj ietvert galveno domu, prezentācija kļūst izplūdusi. Tāpēc būtu nepieciešams noteikt vadlīnijas, kā sagatavot prezentācijas RVC SAP sēdēm – skaidri definēt, kas ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>tas, ko padome vēlas redzēt un uz ko runātājiem jākoncentrējas, lai izklāsts būtu strukturēts un efektīvs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E8B11CD" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">B. Erdmane skaidro par iekšējiem noteikumiem, norādot, ka NKMP kā RVC SAP tehniskās un organizatoriskās darbības nodrošinātājs sagatavos iekšējos noteikumus padomes sēžu kārtības </w:t>
-[...8 lines deleted...]
-        <w:t>nodrošināšanai. Šajos noteikumos tiks precizēta NKMP darbība RVC SAP sēžu organizēšanā, tostarp termiņi jautājumu iesniegšanai padomes priekšsēdētājam un jautājumu skaits, ko drīkst iekļaut konkrētajā sēdē. Tāpat noteikta administratīvās pārbaudes kārtība, kas jāveic, izvērtējot iesniegumus, kā arī gadījumi un nosacījumi, kad jautājumu nevirza izskatīšanai RVC SAP. Noteikumos paredzēta arī kārtība, kādā iesniedzēji tiek aicināti novērst konstatētos trūkumus.</w:t>
+        <w:t>B. Erdmane skaidro par iekšējiem noteikumiem, norādot, ka NKMP kā RVC SAP tehniskās un organizatoriskās darbības nodrošinātājs sagatavos iekšējos noteikumus padomes sēžu kārtības nodrošināšanai. Šajos noteikumos tiks precizēta NKMP darbība RVC SAP sēžu organizēšanā, tostarp termiņi jautājumu iesniegšanai padomes priekšsēdētājam un jautājumu skaits, ko drīkst iekļaut konkrētajā sēdē. Tāpat noteikta administratīvās pārbaudes kārtība, kas jāveic, izvērtējot iesniegumus, kā arī gadījumi un nosacījumi, kad jautājumu nevirza izskatīšanai RVC SAP. Noteikumos paredzēta arī kārtība, kādā iesniedzēji tiek aicināti novērst konstatētos trūkumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1836CD1A" w14:textId="77777777" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jautājums izskatīts kā konsultatīvs, balsojums netiek veikts.</w:t>
       </w:r>
@@ -8643,87 +8946,98 @@
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="419A7AE8" w14:textId="481C5CC9" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00CC425D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sēdi slēdz plkst. 18:00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2016D37B" w14:textId="2FE310A2" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00CC425D">
+    <w:p w14:paraId="2016D37B" w14:textId="2FE310A2" w:rsidR="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00CC425D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sēdi vadīja:       </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                                                                                                      A. Lapiņš</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7C779CC8" w14:textId="77777777" w:rsidR="002F24BC" w:rsidRPr="00C57D0C" w:rsidRDefault="002F24BC" w:rsidP="00CC425D">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="26BBD8D2" w14:textId="3501EB72" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sēdē piedalījās:                                                                                                                       A. Ancāne</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F79C08A" w14:textId="25B25107" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
@@ -8879,68 +9193,84 @@
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                </w:t>
       </w:r>
       <w:r w:rsidR="00C307B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P. Ratas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B781B2" w14:textId="2E3B09E6" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
+    <w:p w14:paraId="67B781B2" w14:textId="37CDB4A0" w:rsidR="00C57D0C" w:rsidRPr="00C57D0C" w:rsidRDefault="00C57D0C" w:rsidP="00C57D0C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                  E. Rožlapa</w:t>
+        <w:t xml:space="preserve">                                                                                                                                  E. Rož</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lapa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="796194DB" w14:textId="08A5445A" w:rsidR="00936DA8" w:rsidRPr="00CC425D" w:rsidRDefault="00C57D0C" w:rsidP="00CC425D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sēdi protokolēja:                                                                                              </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57D0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8949,65 +9279,65 @@
         <w:t xml:space="preserve">                                                      L. Šmiuk</w:t>
       </w:r>
       <w:r w:rsidR="00CC425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>še</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00936DA8" w:rsidRPr="00CC425D">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="434FA536" w14:textId="77777777" w:rsidR="00D20D37" w:rsidRPr="00C0235C" w:rsidRDefault="00D20D37" w:rsidP="004D4D7C">
+    <w:p w14:paraId="1317BF54" w14:textId="77777777" w:rsidR="007842E1" w:rsidRPr="00C0235C" w:rsidRDefault="007842E1" w:rsidP="004D4D7C">
       <w:r w:rsidRPr="00C0235C">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50F8BBBC" w14:textId="77777777" w:rsidR="00D20D37" w:rsidRPr="00C0235C" w:rsidRDefault="00D20D37" w:rsidP="004D4D7C">
+    <w:p w14:paraId="3BA0F548" w14:textId="77777777" w:rsidR="007842E1" w:rsidRPr="00C0235C" w:rsidRDefault="007842E1" w:rsidP="004D4D7C">
       <w:r w:rsidRPr="00C0235C">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="48684635" w14:textId="77777777" w:rsidR="00D20D37" w:rsidRDefault="00D20D37"/>
+    <w:p w14:paraId="65090A25" w14:textId="77777777" w:rsidR="007842E1" w:rsidRDefault="007842E1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9039,65 +9369,65 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="58BC6C8A" w14:textId="32581399" w:rsidR="004D4D7C" w:rsidRPr="00C0235C" w:rsidRDefault="004D4D7C">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C0235C">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Izmantotie saīsinājumi: Rīgas vēsturiskā centra saglabāšanas un attīstības padome (RVC SAP); Rīgas vēsturiskais centrs (RVC); Nacionālā kultūras mantojuma pārvalde (NKMP); Rīgas valstspilsētas pašvaldības Pilsētas attīstības departaments (PAD);</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DDD04F7" w14:textId="77777777" w:rsidR="00D20D37" w:rsidRPr="00C0235C" w:rsidRDefault="00D20D37" w:rsidP="004D4D7C">
+    <w:p w14:paraId="72D27A1C" w14:textId="77777777" w:rsidR="007842E1" w:rsidRPr="00C0235C" w:rsidRDefault="007842E1" w:rsidP="004D4D7C">
       <w:r w:rsidRPr="00C0235C">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C6D8C83" w14:textId="77777777" w:rsidR="00D20D37" w:rsidRPr="00C0235C" w:rsidRDefault="00D20D37" w:rsidP="004D4D7C">
+    <w:p w14:paraId="0E6AD097" w14:textId="77777777" w:rsidR="007842E1" w:rsidRPr="00C0235C" w:rsidRDefault="007842E1" w:rsidP="004D4D7C">
       <w:r w:rsidRPr="00C0235C">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="521FDF87" w14:textId="77777777" w:rsidR="00D20D37" w:rsidRDefault="00D20D37"/>
+    <w:p w14:paraId="124788E4" w14:textId="77777777" w:rsidR="007842E1" w:rsidRDefault="007842E1"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04EF78F9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="79C03E7A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -9530,119 +9860,135 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2001889650">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1409116723">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1267885269">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1484158923">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00936DA8"/>
     <w:rsid w:val="000441D0"/>
     <w:rsid w:val="000C0CA7"/>
     <w:rsid w:val="000C564A"/>
+    <w:rsid w:val="00151676"/>
     <w:rsid w:val="00165139"/>
     <w:rsid w:val="00176C43"/>
     <w:rsid w:val="0019475F"/>
+    <w:rsid w:val="00194934"/>
+    <w:rsid w:val="001A4699"/>
     <w:rsid w:val="001C64C0"/>
     <w:rsid w:val="002044E4"/>
     <w:rsid w:val="002A07ED"/>
+    <w:rsid w:val="002F24BC"/>
     <w:rsid w:val="0034702B"/>
     <w:rsid w:val="003756E3"/>
     <w:rsid w:val="00412F18"/>
+    <w:rsid w:val="00490942"/>
     <w:rsid w:val="004D4D7C"/>
     <w:rsid w:val="004F4178"/>
+    <w:rsid w:val="005217E2"/>
+    <w:rsid w:val="005576B0"/>
     <w:rsid w:val="00591A2C"/>
+    <w:rsid w:val="0061388B"/>
     <w:rsid w:val="006313BD"/>
     <w:rsid w:val="00640FDA"/>
     <w:rsid w:val="006451E5"/>
     <w:rsid w:val="00677D6E"/>
     <w:rsid w:val="006B3BCE"/>
     <w:rsid w:val="006C7722"/>
     <w:rsid w:val="006D47EB"/>
     <w:rsid w:val="00702D7C"/>
+    <w:rsid w:val="007165D8"/>
+    <w:rsid w:val="00720F65"/>
     <w:rsid w:val="007346DE"/>
     <w:rsid w:val="0075568D"/>
+    <w:rsid w:val="007842E1"/>
     <w:rsid w:val="007C3B45"/>
+    <w:rsid w:val="00827FE1"/>
     <w:rsid w:val="008831FA"/>
     <w:rsid w:val="008A37DA"/>
     <w:rsid w:val="008B08A4"/>
     <w:rsid w:val="00936DA8"/>
     <w:rsid w:val="009765DB"/>
+    <w:rsid w:val="00985345"/>
     <w:rsid w:val="00A74241"/>
     <w:rsid w:val="00AF2ACB"/>
     <w:rsid w:val="00AF5DCC"/>
     <w:rsid w:val="00B25CFC"/>
     <w:rsid w:val="00B76161"/>
     <w:rsid w:val="00BC264D"/>
     <w:rsid w:val="00C0235C"/>
     <w:rsid w:val="00C143FB"/>
     <w:rsid w:val="00C14FA4"/>
     <w:rsid w:val="00C307B1"/>
+    <w:rsid w:val="00C502D0"/>
     <w:rsid w:val="00C57D0C"/>
+    <w:rsid w:val="00C80F9F"/>
+    <w:rsid w:val="00C90150"/>
     <w:rsid w:val="00CC425D"/>
     <w:rsid w:val="00D20D37"/>
     <w:rsid w:val="00D557BC"/>
     <w:rsid w:val="00D717A6"/>
+    <w:rsid w:val="00D86A96"/>
     <w:rsid w:val="00D8765F"/>
     <w:rsid w:val="00DE2C91"/>
     <w:rsid w:val="00EE35FF"/>
     <w:rsid w:val="00EE7681"/>
     <w:rsid w:val="00F04538"/>
     <w:rsid w:val="00FB0327"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -10527,70 +10873,74 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="eba9b022-a29f-4db0-81f3-5d5aa01ad8b2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5f27b427-bc52-40b9-b4c8-42fbfa733c43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101004728355209093D419BB7798F138A99AD" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e0e8f0c8e000c8d168e751522ab08b6e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5f27b427-bc52-40b9-b4c8-42fbfa733c43" xmlns:ns3="eba9b022-a29f-4db0-81f3-5d5aa01ad8b2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ca78cece77d1968322f367fb15e2c188" ns2:_="" ns3:_="">
     <xsd:import namespace="5f27b427-bc52-40b9-b4c8-42fbfa733c43"/>
     <xsd:import namespace="eba9b022-a29f-4db0-81f3-5d5aa01ad8b2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -10759,130 +11109,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08F44FEB-BFE4-4B8B-96F9-60A57A51A248}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4199CCE-393A-4C69-B6D6-90D634239312}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="eba9b022-a29f-4db0-81f3-5d5aa01ad8b2"/>
     <ds:schemaRef ds:uri="5f27b427-bc52-40b9-b4c8-42fbfa733c43"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08F44FEB-BFE4-4B8B-96F9-60A57A51A248}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E594EC3B-1965-4813-A62A-A73A5242D010}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37C41996-03E6-40EF-A5B5-6D9667D2CCE7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5f27b427-bc52-40b9-b4c8-42fbfa733c43"/>
     <ds:schemaRef ds:uri="eba9b022-a29f-4db0-81f3-5d5aa01ad8b2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>7511</Words>
-  <Characters>42817</Characters>
+  <Words>7534</Words>
+  <Characters>42947</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>356</Lines>
+  <Lines>357</Lines>
   <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50228</CharactersWithSpaces>
+  <CharactersWithSpaces>50381</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dana Stuce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004728355209093D419BB7798F138A99AD</vt:lpwstr>
   </property>